--- v0 (2025-12-11)
+++ v1 (2026-02-24)
@@ -610,86 +610,86 @@
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="ffffff"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2454451782" r:id="rId1"/>
-[...10 lines deleted...]
-    <p:sldLayoutId id="2454451793" r:id="rId12"/>
+    <p:sldLayoutId id="2460981038" r:id="rId1"/>
+    <p:sldLayoutId id="2460981039" r:id="rId2"/>
+    <p:sldLayoutId id="2460981040" r:id="rId3"/>
+    <p:sldLayoutId id="2460981041" r:id="rId4"/>
+    <p:sldLayoutId id="2460981042" r:id="rId5"/>
+    <p:sldLayoutId id="2460981043" r:id="rId6"/>
+    <p:sldLayoutId id="2460981044" r:id="rId7"/>
+    <p:sldLayoutId id="2460981045" r:id="rId8"/>
+    <p:sldLayoutId id="2460981046" r:id="rId9"/>
+    <p:sldLayoutId id="2460981047" r:id="rId10"/>
+    <p:sldLayoutId id="2460981048" r:id="rId11"/>
+    <p:sldLayoutId id="2460981049" r:id="rId12"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
       <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1ff167c7779771324cad0f62faed381.png"/>
-[...4 lines deleted...]
-  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693a6875b1cf26.jpg"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fef54886dd90700faa3b4934788393bd1.png"/>
+  <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699e095d6d9af2.jpg"/>
+  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699e095d6db793.jpg"/>
+  <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699e095d6e5b14.jpg"/>
+  <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699e095d6ef325.jpg"/>
+  <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699e095d6f9996.jpg"/>
 </Relationships>
 
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="9877425" cy="7191375"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="9877425" cy="7191375"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1" name="" descr=""/>
           <p:cNvPicPr>
@@ -1167,91 +1167,91 @@
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="808080">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="med" len="med"/>
             <a:tailEnd type="none" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme42">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme55">
   <a:themeElements>
-    <a:clrScheme name="Theme42">
+    <a:clrScheme name="Theme55">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546a"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="e7e6e6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472c4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ed7d31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="a5a5a5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="ffc000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5b9bd5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70ad47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563c1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954f72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Theme42">
+    <a:fontScheme name="Theme55">
       <a:majorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1277,51 +1277,51 @@
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Theme42">
+    <a:fmtScheme name="Theme55">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>